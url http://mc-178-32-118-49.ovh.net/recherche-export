--- v0 (2025-11-04)
+++ v1 (2026-02-09)
@@ -38,65 +38,65 @@
   <si>
     <t>Numéro d’inventaire</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Lien</t>
   </si>
   <si>
     <t>2019.58.155</t>
   </si>
   <si>
     <t>Equipement d'un soldat du 15e  bataillon de chasseurs alpins. Au verso&amp;nbsp;:&amp;nbsp;étude pour un religieux, de moine de profil</t>
   </si>
   <si>
     <t>Entre 1936 et 1938</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/equipement-dun-soldat-15e-bataillon-chasseurs-alpins-verso-etude-religieux-moine</t>
   </si>
   <si>
+    <t>2019.58.167</t>
+  </si>
+  <si>
+    <t>14 juillet 1938</t>
+  </si>
+  <si>
+    <t>http://mc-178-32-118-49.ovh.net/la-collection/14-juillet-1938-0</t>
+  </si>
+  <si>
     <t>2019.58.162</t>
   </si>
   <si>
-    <t>14 juillet 1938</t>
-[...1 lines deleted...]
-  <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/14-juillet-1938</t>
   </si>
   <si>
-    <t>2019.58.167</t>
-[...4 lines deleted...]
-  <si>
     <t>20929-62</t>
   </si>
   <si>
     <t>Barcelonette : intérieur de la caserne</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/barcelonette-interieur-caserne-0</t>
   </si>
   <si>
     <t>2019.58.189</t>
   </si>
   <si>
     <t>Entre 1938 et 1939</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/barcelonette-interieur-caserne</t>
   </si>
   <si>
     <t>2019.58.249</t>
   </si>
   <si>
     <t>Bivouac dans les Alpes, 15e bataillon de chasseurs alpins</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/bivouac-dans-alpes-15e-bataillon-chasseurs-alpins</t>
@@ -461,92 +461,92 @@
   <si>
     <t>2019.58.66</t>
   </si>
   <si>
     <t>Bateaux de guerre</t>
   </si>
   <si>
     <t>Entre 1939 et 1945</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/bateaux-guerre</t>
   </si>
   <si>
     <t>2019.58.197</t>
   </si>
   <si>
     <t>Bayasse. Repos du dimanche</t>
   </si>
   <si>
     <t>08/1939</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/bayasse-repos-dimanche</t>
   </si>
   <si>
+    <t>2019.58.239</t>
+  </si>
+  <si>
+    <t>Bivouac dans la montagne</t>
+  </si>
+  <si>
+    <t>Vers 1939</t>
+  </si>
+  <si>
+    <t>http://mc-178-32-118-49.ovh.net/la-collection/bivouac-dans-montagne</t>
+  </si>
+  <si>
+    <t>2019.58.338</t>
+  </si>
+  <si>
+    <t>http://mc-178-32-118-49.ovh.net/la-collection/bivouac-dans-montagne-4</t>
+  </si>
+  <si>
+    <t>2019.58.307</t>
+  </si>
+  <si>
+    <t>http://mc-178-32-118-49.ovh.net/la-collection/bivouac-dans-montagne-2</t>
+  </si>
+  <si>
     <t>2019.58.311</t>
   </si>
   <si>
-    <t>Bivouac dans la montagne</t>
-[...4 lines deleted...]
-  <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/bivouac-dans-montagne-3</t>
   </si>
   <si>
     <t>2019.58.302</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/bivouac-dans-montagne-1</t>
   </si>
   <si>
     <t>2019.58.281</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/bivouac-dans-montagne-0</t>
   </si>
   <si>
-    <t>2019.58.239</t>
-[...16 lines deleted...]
-  <si>
     <t>2019.58.193</t>
   </si>
   <si>
     <t>Bivouac dans les Alpes</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/bivouac-dans-alpes</t>
   </si>
   <si>
     <t>20929-66</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/bivouac-dans-alpes-15e-bataillon-chasseurs-alpins-0</t>
   </si>
   <si>
     <t>20929-103</t>
   </si>
   <si>
     <t>Boussole Alidade système du général Peigné</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/boussole-alidade-systeme-general-peigne</t>
   </si>
   <si>
     <t>20929-361</t>
@@ -563,77 +563,77 @@
   <si>
     <t>Camp de Bitche</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/camp-bitche</t>
   </si>
   <si>
     <t>2019.58.301</t>
   </si>
   <si>
     <t>Camp de La Bresse. 1939</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/camp-bresse-1939</t>
   </si>
   <si>
     <t>20929-105</t>
   </si>
   <si>
     <t>Camp du 15e bataillon de chasseurs alpins</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/camp-15e-bataillon-chasseurs-alpins</t>
   </si>
   <si>
+    <t>2019.58.264</t>
+  </si>
+  <si>
+    <t>Entre 1939 et 1940</t>
+  </si>
+  <si>
+    <t>http://mc-178-32-118-49.ovh.net/la-collection/cantonnement-4</t>
+  </si>
+  <si>
+    <t>2019.58.232</t>
+  </si>
+  <si>
+    <t>http://mc-178-32-118-49.ovh.net/la-collection/cantonnement-0</t>
+  </si>
+  <si>
     <t>2019.58.215</t>
   </si>
   <si>
-    <t>Entre 1939 et 1940</t>
-[...1 lines deleted...]
-  <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/cantonnement</t>
   </si>
   <si>
     <t>2019.58.322</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/cantonnement-5</t>
   </si>
   <si>
-    <t>2019.58.264</t>
-[...10 lines deleted...]
-  <si>
     <t>2019.58.194</t>
   </si>
   <si>
     <t>Cantonnement dans une écurie</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/cantonnement-dans-ecurie</t>
   </si>
   <si>
     <t>2019.58.229</t>
   </si>
   <si>
     <t>Cantonnement dans une église</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/cantonnement-dans-eglise</t>
   </si>
   <si>
     <t>2019.58.213</t>
   </si>
   <si>
     <t>Cantonnement des muletiers en  Alsace</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/cantonnement-muletiers-en-alsace</t>
@@ -695,155 +695,155 @@
   <si>
     <t>Croquis : soldats au repos. Au verso : figure féminine de profil</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/croquis-soldats-repos-verso-figure-feminine-profil</t>
   </si>
   <si>
     <t>2019.58.263</t>
   </si>
   <si>
     <t>Croquis : soldats et mulets dans un village</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/croquis-soldats-mulets-dans-village</t>
   </si>
   <si>
     <t>2019.58.320</t>
   </si>
   <si>
     <t>Croquis : tente marabout</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/croquis-tente-marabout</t>
   </si>
   <si>
+    <t>2019.58.326</t>
+  </si>
+  <si>
+    <t>Croquis : un soldat de dos et équipement</t>
+  </si>
+  <si>
+    <t>http://mc-178-32-118-49.ovh.net/la-collection/croquis-soldat-dos-equipement-1</t>
+  </si>
+  <si>
+    <t>2019.58.308</t>
+  </si>
+  <si>
+    <t>http://mc-178-32-118-49.ovh.net/la-collection/croquis-soldat-dos-equipement</t>
+  </si>
+  <si>
     <t>2019.58.313</t>
   </si>
   <si>
-    <t>Croquis : un soldat de dos et équipement</t>
-[...1 lines deleted...]
-  <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/croquis-soldat-dos-equipement-0</t>
   </si>
   <si>
-    <t>2019.58.326</t>
-[...10 lines deleted...]
-  <si>
     <t>2019.58.318</t>
   </si>
   <si>
     <t>Croquis de paysage</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/croquis-paysage</t>
   </si>
   <si>
     <t>2019.58.183</t>
   </si>
   <si>
     <t>Croquis de route. 15e  bataillon de chasseurs alpins</t>
   </si>
   <si>
     <t>Entre 1939 et 1935</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/croquis-route-15e-bataillon-chasseurs-alpins</t>
   </si>
   <si>
+    <t>2019.58.315</t>
+  </si>
+  <si>
+    <t>http://mc-178-32-118-49.ovh.net/la-collection/croquis-soldats-2</t>
+  </si>
+  <si>
+    <t>2019.58.317</t>
+  </si>
+  <si>
+    <t>http://mc-178-32-118-49.ovh.net/la-collection/croquis-soldats-4</t>
+  </si>
+  <si>
+    <t>2019.58.297</t>
+  </si>
+  <si>
+    <t>http://mc-178-32-118-49.ovh.net/la-collection/croquis-soldats</t>
+  </si>
+  <si>
+    <t>2019.58.319</t>
+  </si>
+  <si>
+    <t>http://mc-178-32-118-49.ovh.net/la-collection/croquis-soldats-5</t>
+  </si>
+  <si>
     <t>2019.58.310</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/croquis-soldats-1</t>
   </si>
   <si>
-    <t>2019.58.315</t>
-[...22 lines deleted...]
-  <si>
     <t>2019.58.335</t>
   </si>
   <si>
     <t>Cuisines</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/cuisines-0</t>
   </si>
   <si>
+    <t>20929-115</t>
+  </si>
+  <si>
+    <t>Dans les Ardennes</t>
+  </si>
+  <si>
+    <t>http://mc-178-32-118-49.ovh.net/la-collection/dans-ardennes-1</t>
+  </si>
+  <si>
+    <t>2019.58.211</t>
+  </si>
+  <si>
+    <t>11/1939</t>
+  </si>
+  <si>
+    <t>http://mc-178-32-118-49.ovh.net/la-collection/dans-ardennes</t>
+  </si>
+  <si>
     <t>20929-114</t>
   </si>
   <si>
-    <t>Dans les Ardennes</t>
-[...1 lines deleted...]
-  <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/dans-ardennes-0</t>
   </si>
   <si>
-    <t>20929-115</t>
-[...13 lines deleted...]
-  <si>
     <t>2019.58.272</t>
   </si>
   <si>
     <t>Dans une cuisine à Ambly-Fleury</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/dans-cuisine-ambly-fleury</t>
   </si>
   <si>
     <t>2019.58.294</t>
   </si>
   <si>
     <t>Deux groupes de soldats, l'un jouant aux cartes, l'autre dormant</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/deux-groupes-soldats-lun-jouant-aux-cartes-lautre-dormant</t>
   </si>
   <si>
     <t>2019.58.279</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/deux-soldats-assis-larriere-plan-grange-1</t>
   </si>
   <si>
     <t>2019.58.270</t>
@@ -887,83 +887,83 @@
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/embarquement-militaire-dans-train</t>
   </si>
   <si>
     <t>2019.58.252</t>
   </si>
   <si>
     <t>En montagne</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/en-montagne</t>
   </si>
   <si>
     <t>2019.58.237</t>
   </si>
   <si>
     <t>Exercice à la 2e  Compagnie, janvier 1939</t>
   </si>
   <si>
     <t>21/1/1939</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/exercice-2e-compagnie-janvier-1939</t>
   </si>
   <si>
+    <t>2019.58.304</t>
+  </si>
+  <si>
+    <t>Exercice en montagne</t>
+  </si>
+  <si>
+    <t>http://mc-178-32-118-49.ovh.net/la-collection/exercice-en-montagne-3</t>
+  </si>
+  <si>
+    <t>2019.58.254</t>
+  </si>
+  <si>
+    <t>http://mc-178-32-118-49.ovh.net/la-collection/exercice-en-montagne-0</t>
+  </si>
+  <si>
+    <t>2019.58.276</t>
+  </si>
+  <si>
+    <t>http://mc-178-32-118-49.ovh.net/la-collection/exercice-en-montagne-2</t>
+  </si>
+  <si>
     <t>2019.58.266</t>
   </si>
   <si>
-    <t>Exercice en montagne</t>
-[...1 lines deleted...]
-  <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/exercice-en-montagne-1</t>
   </si>
   <si>
     <t>2019.58.226</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/exercice-en-montagne</t>
   </si>
   <si>
-    <t>2019.58.304</t>
-[...16 lines deleted...]
-  <si>
     <t>2019.58.246</t>
   </si>
   <si>
     <t>Exercice en montagne. Au verso, chevaux au repos</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/exercice-en-montagne-verso-chevaux-repos</t>
   </si>
   <si>
     <t>2019.58.289</t>
   </si>
   <si>
     <t>Exercice en motagne</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/exercice-en-motagne</t>
   </si>
   <si>
     <t>2019.58.258</t>
   </si>
   <si>
     <t>Figure de soldat dans un paysage de montagne</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/figure-soldat-dans-paysage-montagne</t>
@@ -992,86 +992,86 @@
   <si>
     <t>Haspelshield</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/haspelshield</t>
   </si>
   <si>
     <t>20929-67</t>
   </si>
   <si>
     <t>Henri Tessier</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/henri-tessier</t>
   </si>
   <si>
     <t>2019.58.230</t>
   </si>
   <si>
     <t>Intérieur d'une chambrée</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/interieur-dune-chambree</t>
   </si>
   <si>
+    <t>2019.58.196</t>
+  </si>
+  <si>
+    <t>Intérieur d'une chambrée à Barcelonnette</t>
+  </si>
+  <si>
+    <t>http://mc-178-32-118-49.ovh.net/la-collection/interieur-dune-chambree-barcelonnette</t>
+  </si>
+  <si>
+    <t>2019.58.250</t>
+  </si>
+  <si>
+    <t>http://mc-178-32-118-49.ovh.net/la-collection/interieur-dune-chambree-barcelonnette-2</t>
+  </si>
+  <si>
+    <t>2019.58.243</t>
+  </si>
+  <si>
+    <t>01/1939</t>
+  </si>
+  <si>
+    <t>http://mc-178-32-118-49.ovh.net/la-collection/interieur-dune-chambree-barcelonnette-0</t>
+  </si>
+  <si>
+    <t>20929-99</t>
+  </si>
+  <si>
+    <t>http://mc-178-32-118-49.ovh.net/la-collection/interieur-dune-chambree-barcelonnette-3</t>
+  </si>
+  <si>
     <t>2019.58.248</t>
   </si>
   <si>
-    <t>Intérieur d'une chambrée à Barcelonnette</t>
-[...1 lines deleted...]
-  <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/interieur-dune-chambree-barcelonnette-1</t>
   </si>
   <si>
-    <t>2019.58.196</t>
-[...25 lines deleted...]
-  <si>
     <t>2019.58.176</t>
   </si>
   <si>
     <t>Intérieur d'une tente. Au verso, un canon de 37 et lettre à ses parents</t>
   </si>
   <si>
     <t>2/10/1939</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/interieur-dune-tente-verso-canon-37-lettre-parents</t>
   </si>
   <si>
     <t>2019.58.327</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/interieur-dune-tente-verso-canon-37-lettre-parents-0</t>
   </si>
   <si>
     <t>2019.58.273</t>
   </si>
   <si>
     <t>Le 15e  bataillon de chasseurs alpins en Alsace</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/15e-bataillon-chasseurs-alpins-en-alsace</t>
@@ -1193,65 +1193,65 @@
   <si>
     <t>Portrait d'un camarade</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/portrait-dun-camarade</t>
   </si>
   <si>
     <t>20929-112</t>
   </si>
   <si>
     <t>Portrait de Cervetaz sur sa moto</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/portrait-cervetaz-moto</t>
   </si>
   <si>
     <t>20929-360</t>
   </si>
   <si>
     <t>Prise de Singapour par les Japonais [1941]</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/prise-singapour-japonais-1941-0</t>
   </si>
   <si>
+    <t>2019.58.255</t>
+  </si>
+  <si>
+    <t>Prunières : exercice en montagne</t>
+  </si>
+  <si>
+    <t>http://mc-178-32-118-49.ovh.net/la-collection/prunieres-exercice-en-montagne</t>
+  </si>
+  <si>
     <t>2019.58.309</t>
   </si>
   <si>
-    <t>Prunières : exercice en montagne</t>
-[...1 lines deleted...]
-  <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/prunieres-exercice-en-montagne-0</t>
   </si>
   <si>
-    <t>2019.58.255</t>
-[...4 lines deleted...]
-  <si>
     <t>20929-110</t>
   </si>
   <si>
     <t>Prunières : mon trou</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/prunieres-mon-trou</t>
   </si>
   <si>
     <t>2019.58.330</t>
   </si>
   <si>
     <t>Prunières. 1939. Au verso : croquis d'un soldat en train de manger et d'une étagère</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/prunieres-1939-verso-croquis-dun-soldat-en-train-manger-dune-etagere</t>
   </si>
   <si>
     <t>2019.58.198</t>
   </si>
   <si>
     <t>Quartier Jacquemot, Barcelonnette, 15e  bataillon de chasseurs alpins</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/quartier-jacquemot-barcelonnette-15e-bataillon-chasseurs-alpins</t>
@@ -1325,101 +1325,101 @@
   <si>
     <t>Soldat et cheval</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/soldat-cheval</t>
   </si>
   <si>
     <t>2019.58.283</t>
   </si>
   <si>
     <t>Soldat lisant</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/soldat-lisant</t>
   </si>
   <si>
     <t>2019.58.291</t>
   </si>
   <si>
     <t>Soldats allongés</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/soldats-allonges</t>
   </si>
   <si>
+    <t>2019.58.228</t>
+  </si>
+  <si>
+    <t>http://mc-178-32-118-49.ovh.net/la-collection/soldats-repos-2</t>
+  </si>
+  <si>
+    <t>2019.58.175</t>
+  </si>
+  <si>
+    <t>http://mc-178-32-118-49.ovh.net/la-collection/soldats-repos-0</t>
+  </si>
+  <si>
     <t>2019.58.278</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/soldats-repos-4</t>
   </si>
   <si>
     <t>2019.58.268</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/soldats-repos-3</t>
   </si>
   <si>
     <t>2019.58.174</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/soldats-repos</t>
   </si>
   <si>
-    <t>2019.58.228</t>
-[...10 lines deleted...]
-  <si>
     <t>2019.58.200</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/soldats-dans-interieur</t>
   </si>
   <si>
+    <t>2019.58.324</t>
+  </si>
+  <si>
+    <t>Soldats dans un train</t>
+  </si>
+  <si>
+    <t>http://mc-178-32-118-49.ovh.net/la-collection/soldats-dans-train</t>
+  </si>
+  <si>
     <t>2019.58.331</t>
   </si>
   <si>
-    <t>Soldats dans un train</t>
-[...1 lines deleted...]
-  <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/soldats-dans-train-0</t>
   </si>
   <si>
-    <t>2019.58.324</t>
-[...4 lines deleted...]
-  <si>
     <t>2019.58.265</t>
   </si>
   <si>
     <t>Soldats dans un village</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/soldats-dans-village</t>
   </si>
   <si>
     <t>2019.58.314</t>
   </si>
   <si>
     <t>Soldats dans une chambrée</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/soldats-dans-chambree-0</t>
   </si>
   <si>
     <t>2019.58.305</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/soldats-dans-chambree</t>
   </si>
   <si>
     <t>2019.58.336</t>
@@ -1475,125 +1475,125 @@
   <si>
     <t>2019.58.332</t>
   </si>
   <si>
     <t>Soldats jouant aux cartes ou aux dés</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/soldats-jouant-aux-cartes-aux</t>
   </si>
   <si>
     <t>2019.58.242</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/soldats-jouant-aux-dames</t>
   </si>
   <si>
     <t>2019.58.199</t>
   </si>
   <si>
     <t>Soldats marchant avec leurs mulets</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/soldats-marchant-leurs-mulets</t>
   </si>
   <si>
+    <t>2019.58.286</t>
+  </si>
+  <si>
+    <t>Soldats marchant dans une rue</t>
+  </si>
+  <si>
+    <t>http://mc-178-32-118-49.ovh.net/la-collection/soldats-marchant-dans-rue</t>
+  </si>
+  <si>
+    <t>2019.58.287</t>
+  </si>
+  <si>
+    <t>http://mc-178-32-118-49.ovh.net/la-collection/soldats-marchant-dans-rue-0</t>
+  </si>
+  <si>
     <t>2019.58.288</t>
   </si>
   <si>
-    <t>Soldats marchant dans une rue</t>
-[...1 lines deleted...]
-  <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/soldats-marchant-dans-rue-1</t>
   </si>
   <si>
-    <t>2019.58.286</t>
-[...10 lines deleted...]
-  <si>
     <t>2019.58.166</t>
   </si>
   <si>
     <t>Soldats marchant et chevaux morts</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/soldats-marchant-chevaux-morts</t>
   </si>
   <si>
     <t>2019.58.333</t>
   </si>
   <si>
     <t>Soldats se faisant couper les cheveux</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/soldats-se-faisant-couper-cheveux</t>
   </si>
   <si>
     <t>2019.58.298</t>
   </si>
   <si>
     <t>Soldats se réchauffant près d'un poêle</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/soldats-se-rechauffant-pres-dun-poele</t>
   </si>
   <si>
     <t>2019.58.300</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/soldats-se-rechauffant-pres-dun-poele-0</t>
   </si>
   <si>
+    <t>2019.58.210</t>
+  </si>
+  <si>
+    <t>Tente marabout</t>
+  </si>
+  <si>
+    <t>http://mc-178-32-118-49.ovh.net/la-collection/tente-marabout</t>
+  </si>
+  <si>
     <t>2019.58.234</t>
   </si>
   <si>
-    <t>Tente marabout</t>
-[...1 lines deleted...]
-  <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/tente-marabout-0</t>
   </si>
   <si>
     <t>2019.58.235</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/tente-marabout-1</t>
   </si>
   <si>
-    <t>2019.58.210</t>
-[...4 lines deleted...]
-  <si>
     <t>20929-60</t>
   </si>
   <si>
     <t>Tente marabout des canons 37</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/tente-marabout-canons-37</t>
   </si>
   <si>
     <t>20929-111</t>
   </si>
   <si>
     <t>Tente marabout-bureau</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/tente-marabout-bureau</t>
   </si>
   <si>
     <t>2019.58.253</t>
   </si>
   <si>
     <t>Tessier et Guillot, dans un village</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/tessier-guillot-dans-village</t>
@@ -1649,65 +1649,65 @@
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/wintersbourg-cantonnement-0</t>
   </si>
   <si>
     <t>2019.58.38</t>
   </si>
   <si>
     <t>15e bataillon de chasseur alpins en Champagne juin 1940</t>
   </si>
   <si>
     <t>Entre 1940 et 1944</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/15e-bataillon-chasseur-alpins-en-champagne-juin-1940</t>
   </si>
   <si>
     <t>2019.58.39</t>
   </si>
   <si>
     <t>15e bataillon de chasseurs alpins juin 1940. Fosse commune</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/15e-bataillon-chasseurs-alpins-juin-1940-fosse-commune</t>
   </si>
   <si>
+    <t>2019.58.201</t>
+  </si>
+  <si>
+    <t>15e bataillon de chasseurs alpins, Champagne</t>
+  </si>
+  <si>
+    <t>http://mc-178-32-118-49.ovh.net/la-collection/15e-bataillon-chasseurs-alpins-champagne-0</t>
+  </si>
+  <si>
     <t>20929-383</t>
   </si>
   <si>
-    <t>15e bataillon de chasseurs alpins, Champagne</t>
-[...1 lines deleted...]
-  <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/15e-bataillon-chasseurs-alpins-champagne-1</t>
   </si>
   <si>
-    <t>2019.58.201</t>
-[...4 lines deleted...]
-  <si>
     <t>2019.58.168</t>
   </si>
   <si>
     <t>Attaque de chars</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/attaque-chars</t>
   </si>
   <si>
     <t>2019.58.163</t>
   </si>
   <si>
     <t>Attaque navale</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/attaque-navale</t>
   </si>
   <si>
     <t>2019.58.223</t>
   </si>
   <si>
     <t>Autoportrait à l'arrivée au cantonnement</t>
   </si>
   <si>
     <t>05/1940</t>
@@ -1775,80 +1775,80 @@
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/campagne-1940</t>
   </si>
   <si>
     <t>2019.58.191</t>
   </si>
   <si>
     <t>Campagne de France</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/campagne-france</t>
   </si>
   <si>
     <t>2019.58.173</t>
   </si>
   <si>
     <t>Chambre de Jean Delpech dans un sanatorium. Au verso, lettre de Jean Delpech à sa mère</t>
   </si>
   <si>
     <t>12/5/1940</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/chambre-jean-delpech-dans-sanatorium-verso-lettre-jean-delpech-mere</t>
   </si>
   <si>
+    <t>2019.58.218</t>
+  </si>
+  <si>
+    <t>http://mc-178-32-118-49.ovh.net/la-collection/croquis-route-15e-bataillon-chasseurs-alpins-1</t>
+  </si>
+  <si>
+    <t>2019.58.219</t>
+  </si>
+  <si>
+    <t>http://mc-178-32-118-49.ovh.net/la-collection/croquis-route-15e-bataillon-chasseurs-alpins-2</t>
+  </si>
+  <si>
+    <t>2019.58.220</t>
+  </si>
+  <si>
+    <t>http://mc-178-32-118-49.ovh.net/la-collection/croquis-route-15e-bataillon-chasseurs-alpins-3</t>
+  </si>
+  <si>
+    <t>2019.58.221</t>
+  </si>
+  <si>
+    <t>http://mc-178-32-118-49.ovh.net/la-collection/croquis-route-15e-bataillon-chasseurs-alpins-4</t>
+  </si>
+  <si>
     <t>2019.58.217</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/croquis-route-15e-bataillon-chasseurs-alpins-0</t>
   </si>
   <si>
-    <t>2019.58.218</t>
-[...22 lines deleted...]
-  <si>
     <t>2019.58.227</t>
   </si>
   <si>
     <t>Dans le train, près de Paris</t>
   </si>
   <si>
     <t>5/3/1940</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/dans-train-pres-paris</t>
   </si>
   <si>
     <t>2019.58.77</t>
   </si>
   <si>
     <t>Fort de Lorraine. Entraînement de patrouille (15e  BCA-1939-1940)</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/fort-lorraine-entrainement-patrouille-15e-bca-1939-1940</t>
   </si>
   <si>
     <t>20929-363</t>
   </si>
   <si>
     <t>Fort de Lorraine. Entraînement de patrouille (15e BCA-1939-1940)</t>
@@ -2096,65 +2096,65 @@
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/toulouse-repas-repos-soldats</t>
   </si>
   <si>
     <t>20929-161</t>
   </si>
   <si>
     <t>Toulouse : scène de rue</t>
   </si>
   <si>
     <t>06/1940</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/toulouse-scene-rue</t>
   </si>
   <si>
     <t>2019.58.48</t>
   </si>
   <si>
     <t>Trophée : la défaite de 1940</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/trophee-defaite-1940</t>
   </si>
   <si>
+    <t>2019.58.50</t>
+  </si>
+  <si>
+    <t>Trophée imaginaire</t>
+  </si>
+  <si>
+    <t>http://mc-178-32-118-49.ovh.net/la-collection/trophee-imaginaire-0</t>
+  </si>
+  <si>
     <t>2019.58.55</t>
   </si>
   <si>
-    <t>Trophée imaginaire</t>
-[...1 lines deleted...]
-  <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/trophee-imaginaire-1</t>
   </si>
   <si>
-    <t>2019.58.50</t>
-[...4 lines deleted...]
-  <si>
     <t>2019.58.165</t>
   </si>
   <si>
     <t>Une gare pendant l'Occupation</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/gare-pendant-loccupation</t>
   </si>
   <si>
     <t>2019.58.164</t>
   </si>
   <si>
     <t>Une rue sous l'Occupation. Au verso, Académie d'homme par Bleynie</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/rue-loccupation-verso-academie-dhomme-bleynie</t>
   </si>
   <si>
     <t>2019.58.65</t>
   </si>
   <si>
     <t>Victoire du moteur</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/victoire-moteur</t>
@@ -2267,65 +2267,65 @@
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/attelages-paris</t>
   </si>
   <si>
     <t>2019.58.28</t>
   </si>
   <si>
     <t>Camp de prisonniers</t>
   </si>
   <si>
     <t>Entre 1942 et 1944</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/camp-prisonniers</t>
   </si>
   <si>
     <t>2019.58.44</t>
   </si>
   <si>
     <t>Campagne de France 1940</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/campagne-france-1940</t>
   </si>
   <si>
+    <t>20929-347</t>
+  </si>
+  <si>
+    <t>Folie et charité (Dunkerque 1940)</t>
+  </si>
+  <si>
+    <t>http://mc-178-32-118-49.ovh.net/la-collection/folie-charite-dunkerque-1940-0</t>
+  </si>
+  <si>
     <t>2019.58.78</t>
   </si>
   <si>
-    <t>Folie et charité (Dunkerque 1940)</t>
-[...1 lines deleted...]
-  <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/folie-charite-dunkerque-1940</t>
   </si>
   <si>
-    <t>20929-347</t>
-[...4 lines deleted...]
-  <si>
     <t>2019.58.85</t>
   </si>
   <si>
     <t>Forteresse</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/forteresse</t>
   </si>
   <si>
     <t>20929-152</t>
   </si>
   <si>
     <t>Gare de Tramways, 1942</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/gare-tramways-1942</t>
   </si>
   <si>
     <t>20929-334</t>
   </si>
   <si>
     <t>L'école bombardée</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/lecole-bombardee</t>
@@ -2519,65 +2519,65 @@
   <si>
     <t>Le pays de Cocagne</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/pays-cocagne</t>
   </si>
   <si>
     <t>2019.58.111</t>
   </si>
   <si>
     <t>Les Jeunes de l'empire à Vichy, 7 mai 1943</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/jeunes-lempire-vichy-7-mai-1943</t>
   </si>
   <si>
     <t>20929-149</t>
   </si>
   <si>
     <t>Paris bombardé</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/paris-bombarde</t>
   </si>
   <si>
+    <t>20929-150</t>
+  </si>
+  <si>
+    <t>Paris, 1943</t>
+  </si>
+  <si>
+    <t>http://mc-178-32-118-49.ovh.net/la-collection/paris-1943-0</t>
+  </si>
+  <si>
     <t>20929-147</t>
   </si>
   <si>
-    <t>Paris, 1943</t>
-[...1 lines deleted...]
-  <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/paris-1943</t>
   </si>
   <si>
-    <t>20929-150</t>
-[...4 lines deleted...]
-  <si>
     <t>2019.58.62</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/porte-saint-ouen-0</t>
   </si>
   <si>
     <t>2019.58.63</t>
   </si>
   <si>
     <t>Vers 1943</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/porte-saint-ouen-1</t>
   </si>
   <si>
     <t>20929-154</t>
   </si>
   <si>
     <t>S.T.O, la cuisine</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/sto-cuisine</t>
   </si>
   <si>
     <t>20929-146</t>
@@ -2750,68 +2750,68 @@
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/bataille-singapour</t>
   </si>
   <si>
     <t>2019.58.71</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/bateaux-guerre-0</t>
   </si>
   <si>
     <t>2019.58.72</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/bateaux-guerre-1</t>
   </si>
   <si>
     <t>2019.58.6</t>
   </si>
   <si>
     <t>Bivouac des Alliés, Champs Elysées</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/bivouac-allies-champs-elysees</t>
   </si>
   <si>
+    <t>20929-323</t>
+  </si>
+  <si>
+    <t>Bizerte, Obusier M8</t>
+  </si>
+  <si>
+    <t>http://mc-178-32-118-49.ovh.net/la-collection/bizerte-obusier-m8-0</t>
+  </si>
+  <si>
     <t>2019.58.139</t>
   </si>
   <si>
-    <t>Bizerte, Obusier M8</t>
-[...1 lines deleted...]
-  <si>
     <t>Vers 1944</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/bizerte-obusier-m8</t>
   </si>
   <si>
-    <t>20929-323</t>
-[...4 lines deleted...]
-  <si>
     <t>20929-346</t>
   </si>
   <si>
     <t>Bouée Mae West Canot Dunghy</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/bouee-mae-west-canot-dunghy</t>
   </si>
   <si>
     <t>2019.58.80</t>
   </si>
   <si>
     <t>Bouée Mae West, canot de sauvetage Dinghy</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/bouee-mae-west-canot-sauvetage-dinghy</t>
   </si>
   <si>
     <t>20929-241</t>
   </si>
   <si>
     <t>Brigadier chef Charbit, 2e régiment de spahis</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/brigadier-chef-charbit-2e-regiment-spahis</t>
@@ -3302,77 +3302,77 @@
   <si>
     <t>Hôtel des Pyrénées rue de Seine</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/hotel-pyrenees-rue-seine</t>
   </si>
   <si>
     <t>20929-28</t>
   </si>
   <si>
     <t>Intérieur d’un char Sherman</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/interieur-dun-char-sherman</t>
   </si>
   <si>
     <t>20929-217</t>
   </si>
   <si>
     <t>Izeroukiene et Ben Douane, Campagne d'Allemagne</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/izeroukiene-ben-douane-campagne-dallemagne</t>
   </si>
   <si>
+    <t>20929-10</t>
+  </si>
+  <si>
+    <t>Jeep</t>
+  </si>
+  <si>
+    <t>http://mc-178-32-118-49.ovh.net/la-collection/jeep-0</t>
+  </si>
+  <si>
+    <t>20929-11</t>
+  </si>
+  <si>
+    <t>http://mc-178-32-118-49.ovh.net/la-collection/jeep-1</t>
+  </si>
+  <si>
     <t>20929-18</t>
   </si>
   <si>
-    <t>Jeep</t>
-[...1 lines deleted...]
-  <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/jeep-2</t>
   </si>
   <si>
     <t>20929-8</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/jeep</t>
   </si>
   <si>
-    <t>20929-10</t>
-[...10 lines deleted...]
-  <si>
     <t>20929-219</t>
   </si>
   <si>
     <t>Jérôme Portas, 49e régiment d'infanterie</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/jerome-portas-49e-regiment-dinfanterie</t>
   </si>
   <si>
     <t>20929-125</t>
   </si>
   <si>
     <t>Jerrican pour le transport d’eau de la Wehrmacht</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/jerrican-transport-deau-wehrmacht</t>
   </si>
   <si>
     <t>20929-127</t>
   </si>
   <si>
     <t>Jerricans</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/jerricans</t>
@@ -3644,71 +3644,71 @@
   <si>
     <t>Libération de Paris, août 1944</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/liberation-paris-aout-1944</t>
   </si>
   <si>
     <t>20929-74</t>
   </si>
   <si>
     <t>Libération de Paris, char R. 35</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/liberation-paris-char-r-35</t>
   </si>
   <si>
     <t>20929-75</t>
   </si>
   <si>
     <t>Libération de Paris, char Sherman de la division Leclerc</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/liberation-paris-char-sherman-division-leclerc</t>
   </si>
   <si>
+    <t>20929-84</t>
+  </si>
+  <si>
+    <t>Libération de Paris, U.S. Army</t>
+  </si>
+  <si>
+    <t>http://mc-178-32-118-49.ovh.net/la-collection/liberation-paris-us-army-0</t>
+  </si>
+  <si>
+    <t>20929-85</t>
+  </si>
+  <si>
+    <t>http://mc-178-32-118-49.ovh.net/la-collection/liberation-paris-us-army-1</t>
+  </si>
+  <si>
     <t>20929-82</t>
   </si>
   <si>
-    <t>Libération de Paris, U.S. Army</t>
-[...1 lines deleted...]
-  <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/liberation-paris-us-army</t>
   </si>
   <si>
-    <t>20929-84</t>
-[...10 lines deleted...]
-  <si>
     <t>20929-87</t>
   </si>
   <si>
     <t>Libération de Paris, vue du Ministère des Affaires Etrangères</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/liberation-paris-vue-ministere-affaires-etrangeres</t>
   </si>
   <si>
     <t>20929-52</t>
   </si>
   <si>
     <t>Lorraine, 1944</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/lorraine-1944</t>
   </si>
   <si>
     <t>2019.58.43</t>
   </si>
   <si>
     <t>Marche du 15e  bataillon de chasseurs alpins</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/marche-15e-bataillon-chasseurs-alpins</t>
@@ -3752,89 +3752,89 @@
   <si>
     <t>Moteur d'un char Sherman</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/moteur-dun-char-sherman</t>
   </si>
   <si>
     <t>20929-7</t>
   </si>
   <si>
     <t>Moteur de Jeep</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/moteur-jeep</t>
   </si>
   <si>
     <t>20929-255</t>
   </si>
   <si>
     <t>Mougenot, 2e régiment de spahis</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/mougenot-2e-regiment-spahis</t>
   </si>
   <si>
+    <t>20929-365</t>
+  </si>
+  <si>
+    <t>Panther</t>
+  </si>
+  <si>
+    <t>http://mc-178-32-118-49.ovh.net/la-collection/panther-0</t>
+  </si>
+  <si>
     <t>2019.58.74</t>
   </si>
   <si>
-    <t>Panther</t>
-[...1 lines deleted...]
-  <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/panther</t>
   </si>
   <si>
-    <t>20929-365</t>
-[...4 lines deleted...]
-  <si>
     <t>20929-96</t>
   </si>
   <si>
     <t>Paris : véhicules abandonnés, septembre 1944</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/paris-vehicules-abandonnes-septembre-1944</t>
   </si>
   <si>
+    <t>20929-368</t>
+  </si>
+  <si>
+    <t>Paris occupé</t>
+  </si>
+  <si>
+    <t>http://mc-178-32-118-49.ovh.net/la-collection/paris-occupe-0</t>
+  </si>
+  <si>
     <t>2019.58.99</t>
   </si>
   <si>
-    <t>Paris occupé</t>
-[...1 lines deleted...]
-  <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/paris-occupe</t>
   </si>
   <si>
-    <t>20929-368</t>
-[...4 lines deleted...]
-  <si>
     <t>20929-93</t>
   </si>
   <si>
     <t>Paris. Automitrailleuse américaine</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/paris-automitrailleuse-americaine</t>
   </si>
   <si>
     <t>20929-228</t>
   </si>
   <si>
     <t>Pédinielli Pierre, 2e régiment de spahis</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/pedinielli-pierre-2e-regiment-spahis</t>
   </si>
   <si>
     <t>20929-249</t>
   </si>
   <si>
     <t>Père Déal, 2e régiment de spahis</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/pere-deal-2e-regiment-spahis</t>
@@ -3905,86 +3905,86 @@
   <si>
     <t>Radio de campagne</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/radio-campagne</t>
   </si>
   <si>
     <t>20929-4</t>
   </si>
   <si>
     <t>Reddition (le drapeau blanc)</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/reddition-drapeau-blanc</t>
   </si>
   <si>
     <t>2019.58.158</t>
   </si>
   <si>
     <t>Rennes, 1944-1945</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/rennes-1944-1945</t>
   </si>
   <si>
+    <t>20929-342</t>
+  </si>
+  <si>
+    <t>Retraite allemande 1944</t>
+  </si>
+  <si>
+    <t>http://mc-178-32-118-49.ovh.net/la-collection/retraite-allemande-1944-0</t>
+  </si>
+  <si>
     <t>2019.58.14</t>
   </si>
   <si>
-    <t>Retraite allemande 1944</t>
-[...1 lines deleted...]
-  <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/retraite-allemande-1944</t>
   </si>
   <si>
-    <t>20929-342</t>
-[...2 lines deleted...]
-    <t>http://mc-178-32-118-49.ovh.net/la-collection/retraite-allemande-1944-0</t>
+    <t>20929-354</t>
+  </si>
+  <si>
+    <t>Retraite allemande à travers Paris</t>
+  </si>
+  <si>
+    <t>http://mc-178-32-118-49.ovh.net/la-collection/retraite-allemande-travers-paris-1</t>
+  </si>
+  <si>
+    <t>2019.58.9</t>
+  </si>
+  <si>
+    <t>http://mc-178-32-118-49.ovh.net/la-collection/retraite-allemande-travers-paris-0</t>
   </si>
   <si>
     <t>2019.58.1</t>
   </si>
   <si>
-    <t>Retraite allemande à travers Paris</t>
-[...1 lines deleted...]
-  <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/retraite-allemande-travers-paris</t>
   </si>
   <si>
-    <t>20929-354</t>
-[...10 lines deleted...]
-  <si>
     <t>20929-233</t>
   </si>
   <si>
     <t>Roger Picazo, 2e régiment de spahis</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/roger-picazo-2e-regiment-spahis</t>
   </si>
   <si>
     <t>20929-283</t>
   </si>
   <si>
     <t>Rouffach : simulation d'une attaque d'un village</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/rouffach-simulation-dune-attaque-dun-village</t>
   </si>
   <si>
     <t>20929-284</t>
   </si>
   <si>
     <t>Rouffach, entrainement au tir mitraillette (50m)</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/rouffach-entrainement-tir-mitraillette-50m</t>
@@ -4364,185 +4364,185 @@
   <si>
     <t>Blindés</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/blindes</t>
   </si>
   <si>
     <t>20929-335</t>
   </si>
   <si>
     <t>Blindés britanniques</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/blindes-britanniques</t>
   </si>
   <si>
     <t>20929-211</t>
   </si>
   <si>
     <t>Boumaza Loufis et le caporal Boufares, 7e  régiment de chasseurs d'Afrique</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/boumaza-loufis-caporal-boufares-7e-regiment-chasseurs-dafrique</t>
   </si>
   <si>
+    <t>20929-45</t>
+  </si>
+  <si>
+    <t>http://mc-178-32-118-49.ovh.net/la-collection/campagne-dallemagne-0</t>
+  </si>
+  <si>
+    <t>20929-176</t>
+  </si>
+  <si>
+    <t>http://mc-178-32-118-49.ovh.net/la-collection/campagne-dallemagne-2</t>
+  </si>
+  <si>
     <t>2019.58.355</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/campagne-dallemagne</t>
   </si>
   <si>
     <t>20929-192</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/campagne-dallemagne-3</t>
   </si>
   <si>
-    <t>20929-45</t>
-[...10 lines deleted...]
-  <si>
     <t>2019.58.171</t>
   </si>
   <si>
     <t>Campagne d'Allemagne 1945. Prisonniers</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/campagne-dallemagne-1945-prisonniers</t>
   </si>
   <si>
     <t>20929-208</t>
   </si>
   <si>
     <t>Campagne d'Allemagne, 1945, 1er  groupement de tabors marocains</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/campagne-dallemagne-1945-1er-groupement-tabors-marocains</t>
   </si>
   <si>
     <t>20929-188</t>
   </si>
   <si>
     <t>Campagne d'Allemagne, 1945. Ambulance</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/campagne-dallemagne-1945-ambulance</t>
   </si>
   <si>
     <t>2019.58.105</t>
   </si>
   <si>
     <t>Campagne d'Allemagne, 1945. Méchoui</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/campagne-dallemagne-1945-mechoui</t>
   </si>
   <si>
     <t>2019.58.106</t>
   </si>
   <si>
     <t>Campagne d'Allemagne, 1945. Messerschmidt M 110 abattu</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/campagne-dallemagne-1945-messerschmidt-m-110-abattu</t>
   </si>
   <si>
+    <t>20929-385</t>
+  </si>
+  <si>
+    <t>Campagne d'Allemagne, 1945. Tir de barrage</t>
+  </si>
+  <si>
+    <t>http://mc-178-32-118-49.ovh.net/la-collection/campagne-dallemagne-1945-tir-barrage-0</t>
+  </si>
+  <si>
     <t>2019.58.25</t>
   </si>
   <si>
-    <t>Campagne d'Allemagne, 1945. Tir de barrage</t>
-[...1 lines deleted...]
-  <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/campagne-dallemagne-1945-tir-barrage</t>
   </si>
   <si>
-    <t>20929-385</t>
-[...4 lines deleted...]
-  <si>
     <t>2019.58.31</t>
   </si>
   <si>
     <t>Campagne d'Allemagne, cantonnement en Alsace</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/campagne-dallemagne-cantonnement-en-alsace-0</t>
   </si>
   <si>
     <t>20929-53</t>
   </si>
   <si>
     <t>Campagne d'Allemagne, Nancy</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/campagne-dallemagne-nancy</t>
   </si>
   <si>
     <t>20929-190</t>
   </si>
   <si>
     <t>Campagne d'Allemagne, scène dans une cuisine</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/campagne-dallemagne-scene-dans-cuisine</t>
   </si>
   <si>
     <t>2019.58.244</t>
   </si>
   <si>
     <t>Campagne d'Allemagne, soldats assis</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/campagne-dallemagne-soldats-assis</t>
   </si>
   <si>
+    <t>20929-44</t>
+  </si>
+  <si>
+    <t>Campagne d'Allemagne, une rue</t>
+  </si>
+  <si>
+    <t>http://mc-178-32-118-49.ovh.net/la-collection/campagne-dallemagne-rue-0</t>
+  </si>
+  <si>
     <t>2019.58.353</t>
   </si>
   <si>
-    <t>Campagne d'Allemagne, une rue</t>
-[...1 lines deleted...]
-  <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/campagne-dallemagne-rue</t>
   </si>
   <si>
-    <t>20929-44</t>
-[...4 lines deleted...]
-  <si>
     <t>2019.58.354</t>
   </si>
   <si>
     <t>Campagne d'Allemagne, véhicules militaires dans une rue</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/campagne-dallemagne-vehicules-militaires-dans-rue</t>
   </si>
   <si>
     <t>20929-40</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/campagne-dallemagne-vehicules-militaires-dans-rue-1</t>
   </si>
   <si>
     <t>20929-286</t>
   </si>
   <si>
     <t>Campagne d'Allemagne. Deux soldats dans un véhicule</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/campagne-dallemagne-deux-soldats-dans-vehicule</t>
   </si>
   <si>
     <t>20929-194</t>
@@ -4679,65 +4679,65 @@
   <si>
     <t>Campagne d’Allemagne, portraits d’enfants</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/campagne-dallemagne-portraits-denfants</t>
   </si>
   <si>
     <t>2019.58.359</t>
   </si>
   <si>
     <t>Campagne d’Allemagne, scène de rue devant une boucherie</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/campagne-dallemagne-scene-rue-devant-boucherie</t>
   </si>
   <si>
     <t>20929-25</t>
   </si>
   <si>
     <t>Campagne d’Allemagne, soldat assis sur un véhicule</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/campagne-dallemagne-soldat-assis-vehicule</t>
   </si>
   <si>
+    <t>2019.58.382</t>
+  </si>
+  <si>
+    <t>Campagne d’Allemagne, soldat dans sa chambre</t>
+  </si>
+  <si>
+    <t>http://mc-178-32-118-49.ovh.net/la-collection/campagne-dallemagne-soldat-dans-chambre</t>
+  </si>
+  <si>
     <t>2019.58.384</t>
   </si>
   <si>
-    <t>Campagne d’Allemagne, soldat dans sa chambre</t>
-[...1 lines deleted...]
-  <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/campagne-dallemagne-soldat-dans-chambre-0</t>
   </si>
   <si>
-    <t>2019.58.382</t>
-[...4 lines deleted...]
-  <si>
     <t>2019.58.357</t>
   </si>
   <si>
     <t>Campagne d’Allemagne, soldats et véhicules militaires dans une rue</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/campagne-dallemagne-soldats-vehicules-militaires-dans-rue</t>
   </si>
   <si>
     <t>20929-39</t>
   </si>
   <si>
     <t>Campagne d’Allemagne, véhicules militaires dans une rue</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/campagne-dallemagne-vehicules-militaires-dans-rue-0</t>
   </si>
   <si>
     <t>2019.58.405</t>
   </si>
   <si>
     <t>Campement militaire</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/campement-militaire</t>
@@ -4904,65 +4904,65 @@
   <si>
     <t>Char léger M3</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/char-leger-m3</t>
   </si>
   <si>
     <t>2019.58.131</t>
   </si>
   <si>
     <t>Char M8 Howitzer Motor Carriage « Bellone »</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/char-m8-howitzer-motor-carriage-bellone</t>
   </si>
   <si>
     <t>2019.58.140</t>
   </si>
   <si>
     <t>Char Panther</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/char-panther</t>
   </si>
   <si>
+    <t>2019.58.20</t>
+  </si>
+  <si>
+    <t>Char Panther (Jagdpanzer 38t) « Carola »</t>
+  </si>
+  <si>
+    <t>http://mc-178-32-118-49.ovh.net/la-collection/char-panther-jagdpanzer-38t-carola</t>
+  </si>
+  <si>
     <t>20929-317</t>
   </si>
   <si>
-    <t>Char Panther (Jagdpanzer 38t) « Carola »</t>
-[...1 lines deleted...]
-  <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/char-panther-jagdpanzer-38t-carola-0</t>
   </si>
   <si>
-    <t>2019.58.20</t>
-[...4 lines deleted...]
-  <si>
     <t>20929-119</t>
   </si>
   <si>
     <t>Char Panther, Allemagne</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/char-panther-allemagne</t>
   </si>
   <si>
     <t>2019.58.135</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/char-sherman-courroux-0</t>
   </si>
   <si>
     <t>2019.58.143</t>
   </si>
   <si>
     <t>Char T-34 « Tcherkess II »</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/char-t-34-tcherkess-ii</t>
   </si>
   <si>
     <t>20929-120</t>
@@ -5075,65 +5075,65 @@
   <si>
     <t>Cuirassiers, campagne d'Allemagne</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/cuirassiers-campagne-dallemagne</t>
   </si>
   <si>
     <t>2019.58.407</t>
   </si>
   <si>
     <t>Dans une rue en Allemagne</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/dans-rue-en-allemagne</t>
   </si>
   <si>
     <t>20929-166</t>
   </si>
   <si>
     <t>Dans une rue, Forêt-Noire</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/dans-rue-foret-noire</t>
   </si>
   <si>
+    <t>20929-130</t>
+  </si>
+  <si>
+    <t>Débris d’avions</t>
+  </si>
+  <si>
+    <t>http://mc-178-32-118-49.ovh.net/la-collection/debris-davions</t>
+  </si>
+  <si>
     <t>20929-136</t>
   </si>
   <si>
-    <t>Débris d’avions</t>
-[...1 lines deleted...]
-  <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/debris-davions-0</t>
   </si>
   <si>
-    <t>20929-130</t>
-[...4 lines deleted...]
-  <si>
     <t>20929-307</t>
   </si>
   <si>
     <t>Deux officiers du 2e Tabor</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/deux-officiers-2e-tabor</t>
   </si>
   <si>
     <t>2019.58.421</t>
   </si>
   <si>
     <t>Deux soldats assis dans une cuisine en Allemagne</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/deux-soldats-assis-dans-cuisine-en-allemagne</t>
   </si>
   <si>
     <t>2019.58.404</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/deux-soldats-assis-larriere-plan-grange-2</t>
   </si>
   <si>
     <t>2019.58.374</t>
@@ -5282,116 +5282,116 @@
   <si>
     <t>Forêt-Noire. 1re armée. Vaihingen</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/foret-noire-1re-armee-vaihingen</t>
   </si>
   <si>
     <t>2019.58.400</t>
   </si>
   <si>
     <t>Fouille de prisonniers</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/fouille-prisonniers</t>
   </si>
   <si>
     <t>20929-254</t>
   </si>
   <si>
     <t>Gabriel Beauleret, 2e régiment de spahis</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/gabriel-beauleret-2e-regiment-spahis</t>
   </si>
   <si>
+    <t>2019.58.351</t>
+  </si>
+  <si>
+    <t>Gare d'Eutingen im Gäu</t>
+  </si>
+  <si>
+    <t>http://mc-178-32-118-49.ovh.net/la-collection/gare-deutingen-im-gau</t>
+  </si>
+  <si>
     <t>20929-169</t>
   </si>
   <si>
-    <t>Gare d'Eutingen im Gäu</t>
-[...1 lines deleted...]
-  <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/gare-deutingen-im-gau-0</t>
   </si>
   <si>
-    <t>2019.58.351</t>
-[...4 lines deleted...]
-  <si>
     <t>20929-15</t>
   </si>
   <si>
     <t>Génie de l'Air, outillage</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/genie-lair-outillage</t>
   </si>
   <si>
     <t>2019.58.372</t>
   </si>
   <si>
     <t>Goumier dans une rue en Allemagne</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/goumier-dans-rue-en-allemagne</t>
   </si>
   <si>
     <t>20929-386</t>
   </si>
   <si>
     <t>Goumiers dans un village en Allemagne</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/goumiers-dans-village-en-allemagne-0</t>
   </si>
   <si>
     <t>2019.58.30</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/goumiers-dans-village-en-allemagne</t>
   </si>
   <si>
+    <t>2019.58.369</t>
+  </si>
+  <si>
+    <t>Goumiers tués devant Neuhausen 1945</t>
+  </si>
+  <si>
+    <t>04/1945</t>
+  </si>
+  <si>
+    <t>http://mc-178-32-118-49.ovh.net/la-collection/goumiers-tues-devant-neuhausen-1945</t>
+  </si>
+  <si>
     <t>20929-309</t>
   </si>
   <si>
-    <t>Goumiers tués devant Neuhausen 1945</t>
-[...1 lines deleted...]
-  <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/goumiers-tues-devant-neuhausen-1945-0</t>
   </si>
   <si>
-    <t>2019.58.369</t>
-[...7 lines deleted...]
-  <si>
     <t>2019.58.133</t>
   </si>
   <si>
     <t>Half-track « Centaure »</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/half-track-centaure</t>
   </si>
   <si>
     <t>20929-390</t>
   </si>
   <si>
     <t>Hangar à camions</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/hangar-camions</t>
   </si>
   <si>
     <t>2019.58.360</t>
   </si>
   <si>
     <t>Hangar camouflé</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/hangar-camoufle</t>
@@ -6023,65 +6023,65 @@
   <si>
     <t>Ratinaud, campagne d'Allemagne</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/ratinaud-campagne-dallemagne</t>
   </si>
   <si>
     <t>20929-282</t>
   </si>
   <si>
     <t>Réparation d'avion</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/reparation-davion</t>
   </si>
   <si>
     <t>20929-278</t>
   </si>
   <si>
     <t>Réparation d'avion Thunderbolt</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/reparation-davion-thunderbolt</t>
   </si>
   <si>
+    <t>2019.58.371</t>
+  </si>
+  <si>
+    <t>Repas des soldats</t>
+  </si>
+  <si>
+    <t>http://mc-178-32-118-49.ovh.net/la-collection/repas-soldats-0</t>
+  </si>
+  <si>
     <t>2019.58.345</t>
   </si>
   <si>
-    <t>Repas des soldats</t>
-[...1 lines deleted...]
-  <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/repas-soldats</t>
   </si>
   <si>
-    <t>2019.58.371</t>
-[...4 lines deleted...]
-  <si>
     <t>20929-308</t>
   </si>
   <si>
     <t>Représentation symbolique de la défaite des forces de l'Axe</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/representation-symbolique-defaite-forces-laxe</t>
   </si>
   <si>
     <t>20929-214</t>
   </si>
   <si>
     <t>Robert Caserta, 7e régiment de chasseurs d'Afrique</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/robert-caserta-7e-regiment-chasseurs-dafrique</t>
   </si>
   <si>
     <t>2019.58.416</t>
   </si>
   <si>
     <t>Rouffach : la cantine</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/rouffach-cantine</t>
@@ -6170,62 +6170,62 @@
   <si>
     <t>Soldat du 7e régiment de chasseurs d’Afrique assis dans un intérieur</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/soldat-7e-regiment-chasseurs-dafrique-assis-dans-interieur</t>
   </si>
   <si>
     <t>2019.58.347</t>
   </si>
   <si>
     <t>Soldats assis dans un intérieur</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/soldats-assis-dans-interieur</t>
   </si>
   <si>
     <t>2019.58.368</t>
   </si>
   <si>
     <t>Soldats dans la cour d'une ferme</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/soldats-dans-cour-dune-ferme</t>
   </si>
   <si>
+    <t>2019.58.367</t>
+  </si>
+  <si>
+    <t>http://mc-178-32-118-49.ovh.net/la-collection/soldats-dans-interieur-2</t>
+  </si>
+  <si>
     <t>2019.58.363</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/soldats-dans-interieur-1</t>
   </si>
   <si>
-    <t>2019.58.367</t>
-[...4 lines deleted...]
-  <si>
     <t>2019.58.340</t>
   </si>
   <si>
     <t>Soldats dans une cour de ferme</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/soldats-dans-cour-ferme</t>
   </si>
   <si>
     <t>2019.58.398</t>
   </si>
   <si>
     <t>Soldats dans une Jeep et tabors</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/soldats-dans-jeep-tabors</t>
   </si>
   <si>
     <t>2019.58.401</t>
   </si>
   <si>
     <t>Soldats devant une maison à la campagne</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/soldats-devant-maison-campagne</t>
@@ -6278,170 +6278,170 @@
   <si>
     <t>Sous-lieutenant Bizé</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/lieutenant-bize</t>
   </si>
   <si>
     <t>20929-320</t>
   </si>
   <si>
     <t>Spahis</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/spahis</t>
   </si>
   <si>
     <t>2019.58.403</t>
   </si>
   <si>
     <t>Steinegg : observatoire d’artillerie</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/steinegg-observatoire-dartillerie</t>
   </si>
   <si>
+    <t>2019.58.415</t>
+  </si>
+  <si>
+    <t>Stuttgart en ruines</t>
+  </si>
+  <si>
+    <t>http://mc-178-32-118-49.ovh.net/la-collection/stuttgart-en-ruines</t>
+  </si>
+  <si>
     <t>2019.58.426</t>
   </si>
   <si>
-    <t>Stuttgart en ruines</t>
-[...1 lines deleted...]
-  <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/stuttgart-en-ruines-0</t>
   </si>
   <si>
-    <t>2019.58.415</t>
-[...2 lines deleted...]
-    <t>http://mc-178-32-118-49.ovh.net/la-collection/stuttgart-en-ruines</t>
+    <t>2019.58.26</t>
+  </si>
+  <si>
+    <t>Stuttgart, 1945</t>
+  </si>
+  <si>
+    <t>http://mc-178-32-118-49.ovh.net/la-collection/stuttgart-1945</t>
+  </si>
+  <si>
+    <t>20929-172</t>
+  </si>
+  <si>
+    <t>http://mc-178-32-118-49.ovh.net/la-collection/stuttgart-1945-3</t>
+  </si>
+  <si>
+    <t>20929-184</t>
+  </si>
+  <si>
+    <t>http://mc-178-32-118-49.ovh.net/la-collection/stuttgart-1945-4</t>
+  </si>
+  <si>
+    <t>20929-164</t>
+  </si>
+  <si>
+    <t>http://mc-178-32-118-49.ovh.net/la-collection/stuttgart-1945-2</t>
+  </si>
+  <si>
+    <t>2019.58.425</t>
+  </si>
+  <si>
+    <t>http://mc-178-32-118-49.ovh.net/la-collection/stuttgart-1945-1</t>
   </si>
   <si>
     <t>2019.58.203</t>
   </si>
   <si>
-    <t>Stuttgart, 1945</t>
-[...1 lines deleted...]
-  <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/stuttgart-1945-0</t>
   </si>
   <si>
-    <t>2019.58.26</t>
-[...28 lines deleted...]
-  <si>
     <t>20929-312</t>
   </si>
   <si>
     <t>Stuttgart, un nazi dans une rafle nocture, s'égorge</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/stuttgart-nazi-dans-rafle-nocture-segorge</t>
   </si>
   <si>
     <t>2019.58.352</t>
   </si>
   <si>
     <t>Stuttgart. Palais Royal</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/stuttgart-palais-royal</t>
   </si>
   <si>
     <t>20929-276</t>
   </si>
   <si>
     <t>Tableau de bord du Goëland</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/tableau-bord-goeland</t>
   </si>
   <si>
     <t>2019.58.205</t>
   </si>
   <si>
     <t>Tabors</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/tabors</t>
   </si>
   <si>
     <t>2019.58.399</t>
   </si>
   <si>
     <t>Tabors assis autour d’un soldat alité</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/tabors-assis-autour-dun-soldat-alite</t>
   </si>
   <si>
+    <t>2019.58.390</t>
+  </si>
+  <si>
+    <t>Tabors au repos</t>
+  </si>
+  <si>
+    <t>http://mc-178-32-118-49.ovh.net/la-collection/tabors-repos</t>
+  </si>
+  <si>
+    <t>2019.58.392</t>
+  </si>
+  <si>
+    <t>http://mc-178-32-118-49.ovh.net/la-collection/tabors-repos-0</t>
+  </si>
+  <si>
     <t>2019.58.406</t>
   </si>
   <si>
-    <t>Tabors au repos</t>
-[...1 lines deleted...]
-  <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/tabors-repos-1</t>
   </si>
   <si>
-    <t>2019.58.390</t>
-[...10 lines deleted...]
-  <si>
     <t>2019.58.396</t>
   </si>
   <si>
     <t>Tabors dans une rue</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/tabors-dans-rue</t>
   </si>
   <si>
     <t>20929-51</t>
   </si>
   <si>
     <t>Tank Destroyer démonté</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/tank-destroyer-demonte</t>
   </si>
   <si>
     <t>20929-314</t>
   </si>
   <si>
     <t>Tank Destroyer du 7e régiment de chasseurs d'Afrique « Courage »</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/tank-destroyer-7e-regiment-chasseurs-dafrique-courage</t>
@@ -6533,137 +6533,137 @@
   <si>
     <t>Traversée du Rhin</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/traversee-rhin</t>
   </si>
   <si>
     <t>2019.58.350</t>
   </si>
   <si>
     <t>Trois femmes allemandes dans une cuisine</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/trois-femmes-allemandes-dans-cuisine</t>
   </si>
   <si>
     <t>20929-325</t>
   </si>
   <si>
     <t>Trois sergents anglais : Adams, Hunt et Wileman</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/trois-sergents-anglais-adams-hunt-wileman</t>
   </si>
   <si>
+    <t>2019.58.101</t>
+  </si>
+  <si>
+    <t>http://mc-178-32-118-49.ovh.net/la-collection/trophee-imaginaire-4</t>
+  </si>
+  <si>
+    <t>2019.58.49</t>
+  </si>
+  <si>
+    <t>http://mc-178-32-118-49.ovh.net/la-collection/trophee-imaginaire</t>
+  </si>
+  <si>
+    <t>20929-336</t>
+  </si>
+  <si>
+    <t>http://mc-178-32-118-49.ovh.net/la-collection/trophee-imaginaire-7</t>
+  </si>
+  <si>
     <t>20929-340</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/trophee-imaginaire-8</t>
   </si>
   <si>
     <t>2019.58.109</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/trophee-imaginaire-5</t>
   </si>
   <si>
     <t>2019.58.56</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/trophee-imaginaire-2</t>
   </si>
   <si>
     <t>2019.58.110</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/trophee-imaginaire-6</t>
   </si>
   <si>
     <t>2019.58.57</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/trophee-imaginaire-3</t>
   </si>
   <si>
-    <t>2019.58.101</t>
-[...14 lines deleted...]
-    <t>http://mc-178-32-118-49.ovh.net/la-collection/trophee-imaginaire-7</t>
+    <t>2019.58.51</t>
+  </si>
+  <si>
+    <t>Trophée imaginaire d'un parachutiste</t>
+  </si>
+  <si>
+    <t>http://mc-178-32-118-49.ovh.net/la-collection/trophee-imaginaire-dun-parachutiste</t>
   </si>
   <si>
     <t>20929-319</t>
   </si>
   <si>
-    <t>Trophée imaginaire d'un parachutiste</t>
-[...1 lines deleted...]
-  <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/trophee-imaginaire-dun-parachutiste-0</t>
   </si>
   <si>
-    <t>2019.58.51</t>
-[...4 lines deleted...]
-  <si>
     <t>2019.58.108</t>
   </si>
   <si>
     <t>Trophée imaginaire de carcasses d'avions</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/trophee-imaginaire-carcasses-davions</t>
   </si>
   <si>
+    <t>20929-293</t>
+  </si>
+  <si>
+    <t>Trophée imaginaire de carcasses de bateaux</t>
+  </si>
+  <si>
+    <t>http://mc-178-32-118-49.ovh.net/la-collection/trophee-imaginaire-carcasses-bateaux-0</t>
+  </si>
+  <si>
     <t>2019.58.107</t>
   </si>
   <si>
-    <t>Trophée imaginaire de carcasses de bateaux</t>
-[...1 lines deleted...]
-  <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/trophee-imaginaire-carcasses-bateaux</t>
   </si>
   <si>
-    <t>20929-293</t>
-[...4 lines deleted...]
-  <si>
     <t>2019.58.58</t>
   </si>
   <si>
     <t>Trophée imaginaire de carcasses de blindés</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/trophee-imaginaire-carcasses-blindes</t>
   </si>
   <si>
     <t>2019.58.59</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/trophee-imaginaire-carcasses-blindes-0</t>
   </si>
   <si>
     <t>20929-316</t>
   </si>
   <si>
     <t>U-boot 700 t</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/u-boot-700-t</t>
   </si>
   <si>
     <t>2019.58.207</t>
@@ -6809,219 +6809,219 @@
   <si>
     <t>Vue d'un port et ses navires</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/vue-dun-port-navires</t>
   </si>
   <si>
     <t>20929-142</t>
   </si>
   <si>
     <t>Wilhelm Brutt de la Kriegsmarine</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/wilhelm-brutt-kriegsmarine</t>
   </si>
   <si>
     <t>20929-195</t>
   </si>
   <si>
     <t>Wurtemberg : le lieutenant Leduc, 71e  bataillon du génie de l’air</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/wurtemberg-lieutenant-leduc-71e-bataillon-genie-lair</t>
   </si>
   <si>
+    <t>20929-173</t>
+  </si>
+  <si>
+    <t>Wurtemberg, 1945</t>
+  </si>
+  <si>
+    <t>http://mc-178-32-118-49.ovh.net/la-collection/wurtemberg-1945</t>
+  </si>
+  <si>
     <t>20929-285</t>
   </si>
   <si>
-    <t>Wurtemberg, 1945</t>
-[...1 lines deleted...]
-  <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/wurtemberg-1945-1</t>
   </si>
   <si>
     <t>20929-191</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/wurtemberg-1945-0</t>
   </si>
   <si>
-    <t>20929-173</t>
-[...4 lines deleted...]
-  <si>
     <t>2019.58.177</t>
   </si>
   <si>
     <t>Yhlali ben Zahlib, 1er  groupement de tabors marocains</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/yhlali-ben-zahlib-1er-groupement-tabors-marocains</t>
   </si>
   <si>
     <t>20929-212</t>
   </si>
   <si>
     <t>Yvon Ambrosino, 7e régiment de chasseurs d'Afrique</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/yvon-ambrosino-7e-regiment-chasseurs-dafrique</t>
   </si>
   <si>
+    <t>2019.58.47</t>
+  </si>
+  <si>
+    <t>Funérailles d'un héros</t>
+  </si>
+  <si>
+    <t>http://mc-178-32-118-49.ovh.net/la-collection/funerailles-dun-heros</t>
+  </si>
+  <si>
     <t>20929-351</t>
   </si>
   <si>
-    <t>Funérailles d'un héros</t>
-[...1 lines deleted...]
-  <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/funerailles-dun-heros-0</t>
   </si>
   <si>
-    <t>2019.58.47</t>
-[...4 lines deleted...]
-  <si>
     <t>2019.58.90</t>
   </si>
   <si>
     <t>Guerre et Mort</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/guerre-mort</t>
   </si>
   <si>
     <t>20929-356</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/guerre-mort-0</t>
   </si>
   <si>
     <t>2019.58.69</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/lallemagne-assiegee-invente-guerre-totale</t>
   </si>
   <si>
     <t>20929-333</t>
   </si>
   <si>
     <t>Soldats marocains</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/soldats-marocains</t>
   </si>
   <si>
     <t>2019.58.96</t>
   </si>
   <si>
     <t>Paris Capitale</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/paris-capitale</t>
   </si>
   <si>
+    <t>20929-358</t>
+  </si>
+  <si>
+    <t>Les Alliés s'emparent du ciel</t>
+  </si>
+  <si>
+    <t>http://mc-178-32-118-49.ovh.net/la-collection/allies-semparent-ciel-0</t>
+  </si>
+  <si>
     <t>2019.58.67</t>
   </si>
   <si>
-    <t>Les Alliés s'emparent du ciel</t>
-[...1 lines deleted...]
-  <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/allies-semparent-ciel</t>
   </si>
   <si>
-    <t>20929-358</t>
-[...4 lines deleted...]
-  <si>
     <t>2019.58.68</t>
   </si>
   <si>
     <t>Les Anglo-Américains maîtres des mers</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/anglo-americains-maitres-mers</t>
   </si>
   <si>
     <t>20929-366</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/anglo-americains-maitres-mers-0</t>
   </si>
   <si>
     <t>2019.58.70</t>
   </si>
   <si>
     <t>Les USA intacts forgent à la hâte un prodigieux matériel d'assaut</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/usa-intacts-forgent-hate-prodigieux-materiel-dassaut</t>
   </si>
   <si>
     <t>20929-345</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/usa-intacts-forgent-hate-prodigieux-materiel-dassaut-0</t>
   </si>
   <si>
     <t>20929-322</t>
   </si>
   <si>
     <t>Avion de guerre</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/avion-guerre</t>
   </si>
   <si>
     <t>20929-321</t>
   </si>
   <si>
     <t>Avion de guerre allemand</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/avion-guerre-allemand</t>
   </si>
   <si>
+    <t>20929-56</t>
+  </si>
+  <si>
+    <t>Canon antichar conservé au musée militaire de Castel San Angelo, Rome</t>
+  </si>
+  <si>
+    <t>http://mc-178-32-118-49.ovh.net/la-collection/canon-antichar-conserve-musee-militaire-castel-san-angelo-rome</t>
+  </si>
+  <si>
     <t>20929-57</t>
   </si>
   <si>
-    <t>Canon antichar conservé au musée militaire de Castel San Angelo, Rome</t>
-[...1 lines deleted...]
-  <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/canon-antichar-conserve-musee-militaire-castel-san-angelo-rome-0</t>
-  </si>
-[...4 lines deleted...]
-    <t>http://mc-178-32-118-49.ovh.net/la-collection/canon-antichar-conserve-musee-militaire-castel-san-angelo-rome</t>
   </si>
   <si>
     <t>2019.58.114</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/scene-bombardement</t>
   </si>
   <si>
     <t>20929-124</t>
   </si>
   <si>
     <t>Fusil Mauser 1913</t>
   </si>
   <si>
     <t>Vers 1950</t>
   </si>
   <si>
     <t>http://mc-178-32-118-49.ovh.net/la-collection/fusil-mauser-1913</t>
   </si>
   <si>
     <t>20929-200</t>
   </si>
   <si>
     <t>Mit Gott für Kaiser und Reich</t>
   </si>
@@ -8121,94 +8121,94 @@
       <c r="D49" s="1" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" s="1" t="s">
         <v>149</v>
       </c>
       <c r="B50" s="1" t="s">
         <v>150</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>151</v>
       </c>
       <c r="D50" s="1" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" s="1" t="s">
         <v>153</v>
       </c>
       <c r="B51" s="1" t="s">
         <v>150</v>
       </c>
-      <c r="C51" s="1" t="s">
-        <v>151</v>
+      <c r="C51" s="1">
+        <v>1939</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" s="1" t="s">
         <v>155</v>
       </c>
       <c r="B52" s="1" t="s">
         <v>150</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>151</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" s="1" t="s">
         <v>157</v>
       </c>
       <c r="B53" s="1" t="s">
         <v>150</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>151</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" s="1" t="s">
         <v>159</v>
       </c>
       <c r="B54" s="1" t="s">
         <v>150</v>
       </c>
-      <c r="C54" s="1">
-        <v>1939</v>
+      <c r="C54" s="1" t="s">
+        <v>151</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" s="1" t="s">
         <v>161</v>
       </c>
       <c r="B55" s="1" t="s">
         <v>150</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>151</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" s="1" t="s">
         <v>163</v>
       </c>
       <c r="B56" s="1" t="s">
         <v>164</v>
@@ -8584,163 +8584,163 @@
         <v>236</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" s="1" t="s">
         <v>237</v>
       </c>
       <c r="B83" s="1" t="s">
         <v>238</v>
       </c>
       <c r="C83" s="1" t="s">
         <v>239</v>
       </c>
       <c r="D83" s="1" t="s">
         <v>240</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" s="1" t="s">
         <v>241</v>
       </c>
       <c r="B84" s="1" t="s">
         <v>40</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>184</v>
+        <v>151</v>
       </c>
       <c r="D84" s="1" t="s">
         <v>242</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" s="1" t="s">
         <v>243</v>
       </c>
       <c r="B85" s="1" t="s">
         <v>40</v>
       </c>
       <c r="C85" s="1" t="s">
         <v>151</v>
       </c>
       <c r="D85" s="1" t="s">
         <v>244</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" s="1" t="s">
         <v>245</v>
       </c>
       <c r="B86" s="1" t="s">
         <v>40</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>151</v>
+        <v>184</v>
       </c>
       <c r="D86" s="1" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" s="1" t="s">
         <v>247</v>
       </c>
       <c r="B87" s="1" t="s">
         <v>40</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>184</v>
+        <v>151</v>
       </c>
       <c r="D87" s="1" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" s="1" t="s">
         <v>249</v>
       </c>
       <c r="B88" s="1" t="s">
         <v>40</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>151</v>
+        <v>184</v>
       </c>
       <c r="D88" s="1" t="s">
         <v>250</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" s="1" t="s">
         <v>251</v>
       </c>
       <c r="B89" s="1" t="s">
         <v>252</v>
       </c>
       <c r="C89" s="1" t="s">
         <v>151</v>
       </c>
       <c r="D89" s="1" t="s">
         <v>253</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" s="1" t="s">
         <v>254</v>
       </c>
       <c r="B90" s="1" t="s">
         <v>255</v>
       </c>
       <c r="C90" s="1">
         <v>1939</v>
       </c>
       <c r="D90" s="1" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" s="1" t="s">
         <v>257</v>
       </c>
       <c r="B91" s="1" t="s">
         <v>255</v>
       </c>
-      <c r="C91" s="1">
-        <v>1939</v>
+      <c r="C91" s="1" t="s">
+        <v>258</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" s="1" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B92" s="1" t="s">
         <v>255</v>
       </c>
-      <c r="C92" s="1" t="s">
-        <v>260</v>
+      <c r="C92" s="1">
+        <v>1939</v>
       </c>
       <c r="D92" s="1" t="s">
         <v>261</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" s="1" t="s">
         <v>262</v>
       </c>
       <c r="B93" s="1" t="s">
         <v>263</v>
       </c>
       <c r="C93" s="1">
         <v>1939</v>
       </c>
       <c r="D93" s="1" t="s">
         <v>264</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" s="1" t="s">
         <v>265</v>
       </c>
       <c r="B94" s="1" t="s">
         <v>266</v>
@@ -8794,51 +8794,51 @@
         <v>274</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" s="1" t="s">
         <v>275</v>
       </c>
       <c r="B98" s="1" t="s">
         <v>276</v>
       </c>
       <c r="C98" s="1">
         <v>1939</v>
       </c>
       <c r="D98" s="1" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" s="1" t="s">
         <v>278</v>
       </c>
       <c r="B99" s="1" t="s">
         <v>279</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="D99" s="1" t="s">
         <v>280</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" s="1" t="s">
         <v>281</v>
       </c>
       <c r="B100" s="1" t="s">
         <v>282</v>
       </c>
       <c r="C100" s="1" t="s">
         <v>143</v>
       </c>
       <c r="D100" s="1" t="s">
         <v>283</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" s="1" t="s">
         <v>284</v>
       </c>
       <c r="B101" s="1" t="s">
         <v>285</v>
@@ -8863,94 +8863,94 @@
       <c r="D102" s="1" t="s">
         <v>290</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" s="1" t="s">
         <v>291</v>
       </c>
       <c r="B103" s="1" t="s">
         <v>292</v>
       </c>
       <c r="C103" s="1" t="s">
         <v>151</v>
       </c>
       <c r="D103" s="1" t="s">
         <v>293</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" s="1" t="s">
         <v>294</v>
       </c>
       <c r="B104" s="1" t="s">
         <v>292</v>
       </c>
-      <c r="C104" s="1">
-        <v>1939</v>
+      <c r="C104" s="1" t="s">
+        <v>151</v>
       </c>
       <c r="D104" s="1" t="s">
         <v>295</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" s="1" t="s">
         <v>296</v>
       </c>
       <c r="B105" s="1" t="s">
         <v>292</v>
       </c>
       <c r="C105" s="1" t="s">
         <v>151</v>
       </c>
       <c r="D105" s="1" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" s="1" t="s">
         <v>298</v>
       </c>
       <c r="B106" s="1" t="s">
         <v>292</v>
       </c>
       <c r="C106" s="1" t="s">
         <v>151</v>
       </c>
       <c r="D106" s="1" t="s">
         <v>299</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" s="1" t="s">
         <v>300</v>
       </c>
       <c r="B107" s="1" t="s">
         <v>292</v>
       </c>
-      <c r="C107" s="1" t="s">
-        <v>151</v>
+      <c r="C107" s="1">
+        <v>1939</v>
       </c>
       <c r="D107" s="1" t="s">
         <v>301</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" s="1" t="s">
         <v>302</v>
       </c>
       <c r="B108" s="1" t="s">
         <v>303</v>
       </c>
       <c r="C108" s="1" t="s">
         <v>151</v>
       </c>
       <c r="D108" s="1" t="s">
         <v>304</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" s="1" t="s">
         <v>305</v>
       </c>
       <c r="B109" s="1" t="s">
         <v>306</v>
@@ -9059,66 +9059,66 @@
       <c r="D116" s="1" t="s">
         <v>328</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" s="1" t="s">
         <v>329</v>
       </c>
       <c r="B117" s="1" t="s">
         <v>327</v>
       </c>
       <c r="C117" s="1">
         <v>1939</v>
       </c>
       <c r="D117" s="1" t="s">
         <v>330</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" s="1" t="s">
         <v>331</v>
       </c>
       <c r="B118" s="1" t="s">
         <v>327</v>
       </c>
-      <c r="C118" s="1">
-        <v>1939</v>
+      <c r="C118" s="1" t="s">
+        <v>332</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" s="1" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="B119" s="1" t="s">
         <v>327</v>
       </c>
-      <c r="C119" s="1" t="s">
-        <v>334</v>
+      <c r="C119" s="1">
+        <v>1939</v>
       </c>
       <c r="D119" s="1" t="s">
         <v>335</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" s="1" t="s">
         <v>336</v>
       </c>
       <c r="B120" s="1" t="s">
         <v>327</v>
       </c>
       <c r="C120" s="1">
         <v>1939</v>
       </c>
       <c r="D120" s="1" t="s">
         <v>337</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" s="1" t="s">
         <v>338</v>
       </c>
       <c r="B121" s="1" t="s">
         <v>339</v>
@@ -9367,66 +9367,66 @@
       <c r="D138" s="1" t="s">
         <v>389</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" s="1" t="s">
         <v>390</v>
       </c>
       <c r="B139" s="1" t="s">
         <v>391</v>
       </c>
       <c r="C139" s="1">
         <v>1945</v>
       </c>
       <c r="D139" s="1" t="s">
         <v>392</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" s="1" t="s">
         <v>393</v>
       </c>
       <c r="B140" s="1" t="s">
         <v>394</v>
       </c>
-      <c r="C140" s="1" t="s">
-        <v>151</v>
+      <c r="C140" s="1">
+        <v>1939</v>
       </c>
       <c r="D140" s="1" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" s="1" t="s">
         <v>396</v>
       </c>
       <c r="B141" s="1" t="s">
         <v>394</v>
       </c>
-      <c r="C141" s="1">
-        <v>1939</v>
+      <c r="C141" s="1" t="s">
+        <v>151</v>
       </c>
       <c r="D141" s="1" t="s">
         <v>397</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" s="1" t="s">
         <v>398</v>
       </c>
       <c r="B142" s="1" t="s">
         <v>399</v>
       </c>
       <c r="C142" s="1">
         <v>1939</v>
       </c>
       <c r="D142" s="1" t="s">
         <v>400</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" s="1" t="s">
         <v>401</v>
       </c>
       <c r="B143" s="1" t="s">
         <v>402</v>
@@ -9591,94 +9591,94 @@
       <c r="D154" s="1" t="s">
         <v>436</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" s="1" t="s">
         <v>437</v>
       </c>
       <c r="B155" s="1" t="s">
         <v>118</v>
       </c>
       <c r="C155" s="1" t="s">
         <v>184</v>
       </c>
       <c r="D155" s="1" t="s">
         <v>438</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" s="1" t="s">
         <v>439</v>
       </c>
       <c r="B156" s="1" t="s">
         <v>118</v>
       </c>
-      <c r="C156" s="1" t="s">
-        <v>184</v>
+      <c r="C156" s="1">
+        <v>1939</v>
       </c>
       <c r="D156" s="1" t="s">
         <v>440</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" s="1" t="s">
         <v>441</v>
       </c>
       <c r="B157" s="1" t="s">
         <v>118</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>151</v>
+        <v>184</v>
       </c>
       <c r="D157" s="1" t="s">
         <v>442</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" s="1" t="s">
         <v>443</v>
       </c>
       <c r="B158" s="1" t="s">
         <v>118</v>
       </c>
       <c r="C158" s="1" t="s">
         <v>184</v>
       </c>
       <c r="D158" s="1" t="s">
         <v>444</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" s="1" t="s">
         <v>445</v>
       </c>
       <c r="B159" s="1" t="s">
         <v>118</v>
       </c>
-      <c r="C159" s="1">
-        <v>1939</v>
+      <c r="C159" s="1" t="s">
+        <v>151</v>
       </c>
       <c r="D159" s="1" t="s">
         <v>446</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" s="1" t="s">
         <v>447</v>
       </c>
       <c r="B160" s="1" t="s">
         <v>121</v>
       </c>
       <c r="C160" s="1" t="s">
         <v>184</v>
       </c>
       <c r="D160" s="1" t="s">
         <v>448</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" s="1" t="s">
         <v>449</v>
       </c>
       <c r="B161" s="1" t="s">
         <v>450</v>
@@ -11887,66 +11887,66 @@
       <c r="D318" s="1" t="s">
         <v>908</v>
       </c>
     </row>
     <row r="319" spans="1:4">
       <c r="A319" s="1" t="s">
         <v>909</v>
       </c>
       <c r="B319" s="1" t="s">
         <v>910</v>
       </c>
       <c r="C319" s="1">
         <v>1944</v>
       </c>
       <c r="D319" s="1" t="s">
         <v>911</v>
       </c>
     </row>
     <row r="320" spans="1:4">
       <c r="A320" s="1" t="s">
         <v>912</v>
       </c>
       <c r="B320" s="1" t="s">
         <v>913</v>
       </c>
-      <c r="C320" s="1" t="s">
+      <c r="C320" s="1">
+        <v>1944</v>
+      </c>
+      <c r="D320" s="1" t="s">
         <v>914</v>
-      </c>
-[...1 lines deleted...]
-        <v>915</v>
       </c>
     </row>
     <row r="321" spans="1:4">
       <c r="A321" s="1" t="s">
-        <v>916</v>
+        <v>915</v>
       </c>
       <c r="B321" s="1" t="s">
         <v>913</v>
       </c>
-      <c r="C321" s="1">
-        <v>1944</v>
+      <c r="C321" s="1" t="s">
+        <v>916</v>
       </c>
       <c r="D321" s="1" t="s">
         <v>917</v>
       </c>
     </row>
     <row r="322" spans="1:4">
       <c r="A322" s="1" t="s">
         <v>918</v>
       </c>
       <c r="B322" s="1" t="s">
         <v>919</v>
       </c>
       <c r="C322" s="1">
         <v>1944</v>
       </c>
       <c r="D322" s="1" t="s">
         <v>920</v>
       </c>
     </row>
     <row r="323" spans="1:4">
       <c r="A323" s="1" t="s">
         <v>921</v>
       </c>
       <c r="B323" s="1" t="s">
         <v>922</v>
@@ -12672,51 +12672,51 @@
         <v>1074</v>
       </c>
     </row>
     <row r="375" spans="1:4">
       <c r="A375" s="1" t="s">
         <v>1075</v>
       </c>
       <c r="B375" s="1" t="s">
         <v>1076</v>
       </c>
       <c r="C375" s="1">
         <v>1944</v>
       </c>
       <c r="D375" s="1" t="s">
         <v>1077</v>
       </c>
     </row>
     <row r="376" spans="1:4">
       <c r="A376" s="1" t="s">
         <v>1078</v>
       </c>
       <c r="B376" s="1" t="s">
         <v>1079</v>
       </c>
       <c r="C376" s="1" t="s">
-        <v>914</v>
+        <v>916</v>
       </c>
       <c r="D376" s="1" t="s">
         <v>1080</v>
       </c>
     </row>
     <row r="377" spans="1:4">
       <c r="A377" s="1" t="s">
         <v>1081</v>
       </c>
       <c r="B377" s="1" t="s">
         <v>1082</v>
       </c>
       <c r="C377" s="1">
         <v>1944</v>
       </c>
       <c r="D377" s="1" t="s">
         <v>1083</v>
       </c>
     </row>
     <row r="378" spans="1:4">
       <c r="A378" s="1" t="s">
         <v>1084</v>
       </c>
       <c r="B378" s="1" t="s">
         <v>1085</v>
@@ -12924,51 +12924,51 @@
         <v>1125</v>
       </c>
     </row>
     <row r="393" spans="1:4">
       <c r="A393" s="1" t="s">
         <v>1126</v>
       </c>
       <c r="B393" s="1" t="s">
         <v>1127</v>
       </c>
       <c r="C393" s="1">
         <v>1944</v>
       </c>
       <c r="D393" s="1" t="s">
         <v>1128</v>
       </c>
     </row>
     <row r="394" spans="1:4">
       <c r="A394" s="1" t="s">
         <v>1129</v>
       </c>
       <c r="B394" s="1" t="s">
         <v>1130</v>
       </c>
       <c r="C394" s="1" t="s">
-        <v>914</v>
+        <v>916</v>
       </c>
       <c r="D394" s="1" t="s">
         <v>1131</v>
       </c>
     </row>
     <row r="395" spans="1:4">
       <c r="A395" s="1" t="s">
         <v>1132</v>
       </c>
       <c r="B395" s="1" t="s">
         <v>1133</v>
       </c>
       <c r="C395" s="1">
         <v>1944</v>
       </c>
       <c r="D395" s="1" t="s">
         <v>1134</v>
       </c>
     </row>
     <row r="396" spans="1:4">
       <c r="A396" s="1" t="s">
         <v>1135</v>
       </c>
       <c r="B396" s="1" t="s">
         <v>1136</v>
@@ -13036,65 +13036,65 @@
         <v>1149</v>
       </c>
     </row>
     <row r="401" spans="1:4">
       <c r="A401" s="1" t="s">
         <v>1150</v>
       </c>
       <c r="B401" s="1" t="s">
         <v>1151</v>
       </c>
       <c r="C401" s="1">
         <v>1944</v>
       </c>
       <c r="D401" s="1" t="s">
         <v>1152</v>
       </c>
     </row>
     <row r="402" spans="1:4">
       <c r="A402" s="1" t="s">
         <v>1153</v>
       </c>
       <c r="B402" s="1" t="s">
         <v>1154</v>
       </c>
       <c r="C402" s="1" t="s">
-        <v>914</v>
+        <v>916</v>
       </c>
       <c r="D402" s="1" t="s">
         <v>1155</v>
       </c>
     </row>
     <row r="403" spans="1:4">
       <c r="A403" s="1" t="s">
         <v>1156</v>
       </c>
       <c r="B403" s="1" t="s">
         <v>1157</v>
       </c>
       <c r="C403" s="1" t="s">
-        <v>914</v>
+        <v>916</v>
       </c>
       <c r="D403" s="1" t="s">
         <v>1158</v>
       </c>
     </row>
     <row r="404" spans="1:4">
       <c r="A404" s="1" t="s">
         <v>1159</v>
       </c>
       <c r="B404" s="1" t="s">
         <v>1160</v>
       </c>
       <c r="C404" s="1">
         <v>1944</v>
       </c>
       <c r="D404" s="1" t="s">
         <v>1161</v>
       </c>
     </row>
     <row r="405" spans="1:4">
       <c r="A405" s="1" t="s">
         <v>1162</v>
       </c>
       <c r="B405" s="1" t="s">
         <v>1163</v>
@@ -13610,51 +13610,51 @@
         <v>1267</v>
       </c>
     </row>
     <row r="442" spans="1:4">
       <c r="A442" s="1" t="s">
         <v>1268</v>
       </c>
       <c r="B442" s="1" t="s">
         <v>1269</v>
       </c>
       <c r="C442" s="1">
         <v>1944</v>
       </c>
       <c r="D442" s="1" t="s">
         <v>1270</v>
       </c>
     </row>
     <row r="443" spans="1:4">
       <c r="A443" s="1" t="s">
         <v>1271</v>
       </c>
       <c r="B443" s="1" t="s">
         <v>1272</v>
       </c>
       <c r="C443" s="1" t="s">
-        <v>914</v>
+        <v>916</v>
       </c>
       <c r="D443" s="1" t="s">
         <v>1273</v>
       </c>
     </row>
     <row r="444" spans="1:4">
       <c r="A444" s="1" t="s">
         <v>1274</v>
       </c>
       <c r="B444" s="1" t="s">
         <v>1275</v>
       </c>
       <c r="C444" s="1">
         <v>1944</v>
       </c>
       <c r="D444" s="1" t="s">
         <v>1276</v>
       </c>
     </row>
     <row r="445" spans="1:4">
       <c r="A445" s="1" t="s">
         <v>1277</v>
       </c>
       <c r="B445" s="1" t="s">
         <v>1278</v>
@@ -14505,80 +14505,80 @@
       <c r="D505" s="1" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="506" spans="1:4">
       <c r="A506" s="1" t="s">
         <v>1450</v>
       </c>
       <c r="B506" s="1" t="s">
         <v>935</v>
       </c>
       <c r="C506" s="1">
         <v>1945</v>
       </c>
       <c r="D506" s="1" t="s">
         <v>1451</v>
       </c>
     </row>
     <row r="507" spans="1:4">
       <c r="A507" s="1" t="s">
         <v>1452</v>
       </c>
       <c r="B507" s="1" t="s">
         <v>935</v>
       </c>
-      <c r="C507" s="1" t="s">
-        <v>1417</v>
+      <c r="C507" s="1">
+        <v>1945</v>
       </c>
       <c r="D507" s="1" t="s">
         <v>1453</v>
       </c>
     </row>
     <row r="508" spans="1:4">
       <c r="A508" s="1" t="s">
         <v>1454</v>
       </c>
       <c r="B508" s="1" t="s">
         <v>935</v>
       </c>
       <c r="C508" s="1">
         <v>1945</v>
       </c>
       <c r="D508" s="1" t="s">
         <v>1455</v>
       </c>
     </row>
     <row r="509" spans="1:4">
       <c r="A509" s="1" t="s">
         <v>1456</v>
       </c>
       <c r="B509" s="1" t="s">
         <v>935</v>
       </c>
-      <c r="C509" s="1">
-        <v>1945</v>
+      <c r="C509" s="1" t="s">
+        <v>1417</v>
       </c>
       <c r="D509" s="1" t="s">
         <v>1457</v>
       </c>
     </row>
     <row r="510" spans="1:4">
       <c r="A510" s="1" t="s">
         <v>1458</v>
       </c>
       <c r="B510" s="1" t="s">
         <v>1459</v>
       </c>
       <c r="C510" s="1">
         <v>1945</v>
       </c>
       <c r="D510" s="1" t="s">
         <v>1460</v>
       </c>
     </row>
     <row r="511" spans="1:4">
       <c r="A511" s="1" t="s">
         <v>1461</v>
       </c>
       <c r="B511" s="1" t="s">
         <v>1462</v>
@@ -16087,66 +16087,66 @@
       <c r="D618" s="1" t="s">
         <v>1769</v>
       </c>
     </row>
     <row r="619" spans="1:4">
       <c r="A619" s="1" t="s">
         <v>1770</v>
       </c>
       <c r="B619" s="1" t="s">
         <v>1768</v>
       </c>
       <c r="C619" s="1">
         <v>1945</v>
       </c>
       <c r="D619" s="1" t="s">
         <v>1771</v>
       </c>
     </row>
     <row r="620" spans="1:4">
       <c r="A620" s="1" t="s">
         <v>1772</v>
       </c>
       <c r="B620" s="1" t="s">
         <v>1773</v>
       </c>
-      <c r="C620" s="1">
-        <v>1945</v>
+      <c r="C620" s="1" t="s">
+        <v>1774</v>
       </c>
       <c r="D620" s="1" t="s">
-        <v>1774</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="621" spans="1:4">
       <c r="A621" s="1" t="s">
-        <v>1775</v>
+        <v>1776</v>
       </c>
       <c r="B621" s="1" t="s">
         <v>1773</v>
       </c>
-      <c r="C621" s="1" t="s">
-        <v>1776</v>
+      <c r="C621" s="1">
+        <v>1945</v>
       </c>
       <c r="D621" s="1" t="s">
         <v>1777</v>
       </c>
     </row>
     <row r="622" spans="1:4">
       <c r="A622" s="1" t="s">
         <v>1778</v>
       </c>
       <c r="B622" s="1" t="s">
         <v>1779</v>
       </c>
       <c r="C622" s="1" t="s">
         <v>1417</v>
       </c>
       <c r="D622" s="1" t="s">
         <v>1780</v>
       </c>
     </row>
     <row r="623" spans="1:4">
       <c r="A623" s="1" t="s">
         <v>1781</v>
       </c>
       <c r="B623" s="1" t="s">
         <v>1782</v>